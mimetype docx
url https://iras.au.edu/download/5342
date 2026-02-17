--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="393DD170" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="002B6410" w:rsidRDefault="001D6153" w:rsidP="00432D12">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:firstLine="58"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="393DD1EA" wp14:editId="393DD1EB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5676265</wp:posOffset>
@@ -110,133 +110,113 @@
                             <w:r w:rsidRPr="00F818AB">
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>AU-R4</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
             <w:pict>
               <v:rect w14:anchorId="393DD1EA" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:446.95pt;margin-top:-21.4pt;width:53.6pt;height:23.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAHhE71wEAAJYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7azNOuMOEXRosOA&#10;bh3Q7QNoWYqN2aJGKbGzrx+lpGm23opdBIqkHt8jqdXVNPRip8l3aCtZzHIptFXYdHZTyR/f795d&#10;SuED2AZ6tLqSe+3l1frtm9XoSj3HFvtGk2AQ68vRVbINwZVZ5lWrB/AzdNpy0CANEPhKm6whGBl9&#10;6LN5ni+zEalxhEp7z97bQ1CuE74xWoUHY7wOoq8kcwvppHTW8czWKyg3BK7t1JEGvILFAJ3loieo&#10;WwggttS9gBo6RejRhJnCIUNjOqWTBlZT5P+oeWzB6aSFm+PdqU3+/8Gqr7tH940ide/uUf30wuJN&#10;C3ajr4lwbDU0XK6IjcpG58vTg3jx/FTU4xdseLSwDZh6MBkaIiCrE1Nq9f7Uaj0Fodi5vMw/zHkg&#10;ikPv82I5v0gVoHx67MiHTxoHEY1KEk8ygcPu3odIBsqnlFjL4l3X92mavf3LwYnRk8hHvnE1fBmm&#10;euLsaNbY7FkG4WE5eJnZaJF+SzHyYlTS/9oCaSn6z5Zb8bFYLOImpcviIqmg80h9HgGrGKqSQYqD&#10;eRMO27d11G1arlQkWRavuX2mS9KeWR158/CT4uOixu06v6es5++0/gMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAGzFVcrhAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYu0u6lF25hJ&#10;kYJYpFBMtedtMibB7Gya3Sbx37s96XGYj/e+l6xG04ieOldbRoimCgRxbouaS4SP/ctkAcJ5zYVu&#10;LBPCDzlYpddXiY4LO/A79ZkvRQhhF2uEyvs2ltLlFRntprYlDr8v2xntw9mVsuj0EMJNI2dKPUij&#10;aw4NlW5pXVH+nZ0NwpDv+sN++yp3d4eN5dPmtM4+3xBvb8bnJxCeRv8Hw0U/qEManI72zIUTDcJi&#10;eb8MKMJkPgsbLoRSUQTiiDB/BJkm8v+E9BcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCA&#10;HhE71wEAAJYDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBsxVXK4QAAAAoBAAAPAAAAAAAAAAAAAAAAADEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="393DD1F0" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="00F818AB" w:rsidRDefault="003F5083" w:rsidP="003F5083">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="24"/>
                           <w:cs/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F818AB">
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>AU-R4</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003F5083" w:rsidRPr="00F818AB">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Assumption University</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="393DD171" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="002B6410" w:rsidRDefault="003F5083" w:rsidP="00432D12">
+    <w:p w14:paraId="393DD171" w14:textId="7CCD204A" w:rsidR="003F5083" w:rsidRPr="002B6410" w:rsidRDefault="00EC30DF" w:rsidP="00432D12">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:firstLine="58"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-      <w:r w:rsidRPr="002B6410">
+      <w:r w:rsidRPr="00EC30DF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:spacing w:val="2"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Application Form for Reimbursement of Publication Fee and Publication Remuneration</w:t>
+      </w:r>
+      <w:r w:rsidR="003F5083" w:rsidRPr="002B6410">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393DD172" w14:textId="77777777" w:rsidR="003F5083" w:rsidRDefault="003F5083" w:rsidP="00432D12">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:ind w:firstLine="58"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Cordia New"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -619,226 +599,260 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Details of publication:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="128"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2991"/>
-        <w:gridCol w:w="6359"/>
+        <w:gridCol w:w="3145"/>
+        <w:gridCol w:w="6205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD17B" w14:textId="77777777" w:rsidTr="00FC3959">
+      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD17B" w14:textId="77777777" w:rsidTr="00EC30DF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="pct"/>
+            <w:tcW w:w="1682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393DD179" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Author (s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3599" w:type="pct"/>
+            <w:tcW w:w="3318" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="393DD17A" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD17F" w14:textId="77777777" w:rsidTr="00FC3959">
+      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD17F" w14:textId="77777777" w:rsidTr="00EC30DF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="pct"/>
+            <w:tcW w:w="1682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393DD17C" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3599" w:type="pct"/>
+            <w:tcW w:w="3318" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="393DD17D" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="393DD17E" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD182" w14:textId="77777777" w:rsidTr="00FC3959">
+      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD182" w14:textId="77777777" w:rsidTr="00EC30DF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="pct"/>
+            <w:tcW w:w="1682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393DD180" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Journal/Proceedings</w:t>
             </w:r>
             <w:r w:rsidR="005A334E" w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Exhibition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3599" w:type="pct"/>
+            <w:tcW w:w="3318" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="393DD181" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD185" w14:textId="77777777" w:rsidTr="00FC3959">
+      <w:tr w:rsidR="003F5083" w:rsidRPr="005A334E" w14:paraId="393DD185" w14:textId="77777777" w:rsidTr="00EC30DF">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1401" w:type="pct"/>
+            <w:tcW w:w="1682" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="393DD183" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
+          <w:p w14:paraId="52545C7B" w14:textId="77777777" w:rsidR="00EC30DF" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:cs="Times New Roman"/>
+                <w:rFonts w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Publication Fee (Baht)</w:t>
+              <w:t>Publication Fee</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC30DF">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="393DD183" w14:textId="0F1922AF" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="00EC30DF" w:rsidP="00FC3959">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Publication Remuneration</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5083" w:rsidRPr="005A334E">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Baht)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3599" w:type="pct"/>
+            <w:tcW w:w="3318" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="393DD184" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="00FC3959">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="393DD186" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1165,71 +1179,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3957" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393DD196" w14:textId="77777777" w:rsidR="005A334E" w:rsidRPr="005A334E" w:rsidRDefault="005A334E" w:rsidP="005A334E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creative works reviewed by well-known scholars and disseminated at the </w:t>
-[...19 lines deleted...]
-              <w:t>international level.</w:t>
+              <w:t>Creative works reviewed by well-known scholars and disseminated at the ASEAN  /international level.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="414" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393DD197" w14:textId="77777777" w:rsidR="005A334E" w:rsidRPr="005A334E" w:rsidRDefault="005A334E" w:rsidP="005A334E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.00</w:t>
             </w:r>
           </w:p>
@@ -1742,69 +1736,51 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>- Academic works with patent</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="393DD1B0" w14:textId="77777777" w:rsidR="005A334E" w:rsidRPr="005A334E" w:rsidRDefault="005A334E" w:rsidP="005A334E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1985"/>
               </w:tabs>
               <w:jc w:val="thaiDistribute"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">- Discovery of new </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> animals which are registered</w:t>
+              <w:t>- Discovery of new plants, animals which are registered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="393DD1B1" w14:textId="77777777" w:rsidR="005A334E" w:rsidRPr="005A334E" w:rsidRDefault="005A334E" w:rsidP="005A334E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A334E">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1.00</w:t>
             </w:r>
           </w:p>
@@ -1950,178 +1926,155 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="393DD1BC" w14:textId="77777777" w:rsidR="005A334E" w:rsidRDefault="005A334E" w:rsidP="003F5083">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2282"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393DD1BD" w14:textId="77777777" w:rsidR="005A334E" w:rsidRDefault="005A334E" w:rsidP="003F5083">
+    <w:p w14:paraId="393DD1BE" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2282"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005A334E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Remark:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A334E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005A334E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A334E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A334E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Use one form for each publication.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="393DD1BE" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
+    <w:p w14:paraId="393DD1BF" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2282"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A334E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
-[...53 lines deleted...]
-          <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005A334E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>2. This form must be submitted together with the following documents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393DD1C0" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="005A334E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a copy</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of published research/academic article</w:t>
+        <w:t>a copy of published research/academic article</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393DD1C1" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005A334E">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a copy of the acceptance letter along with the payment details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393DD1C2" w14:textId="77777777" w:rsidR="003F5083" w:rsidRPr="005A334E" w:rsidRDefault="003F5083" w:rsidP="003F5083">
       <w:pPr>
@@ -2298,83 +2251,51 @@
               </w:rPr>
               <w:t xml:space="preserve">             Fund Receiver</w:t>
             </w:r>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="182BFC71" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">             __</w:t>
-[...31 lines deleted...]
-              <w:t>__</w:t>
+              <w:t xml:space="preserve">             ___/___/___</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A80332B" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3491"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5337FAB2" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3491"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25996518" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
@@ -2444,67 +2365,51 @@
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dean</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="474ECD01" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3011"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">           ___/__</w:t>
-[...15 lines deleted...]
-              <w:t>__</w:t>
+              <w:t xml:space="preserve">           ___/___/___</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="351B88B7" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                              </w:t>
             </w:r>
             <w:r w:rsidRPr="0086183F">
@@ -2571,144 +2476,78 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                    </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0614539D" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">                       (Dr. </w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">                       (Dr. Pornpop Seangthong</w:t>
+            </w:r>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
                 <w:cs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54D853A6" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="10"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">    __</w:t>
-[...31 lines deleted...]
-              <w:t>__</w:t>
+              <w:t xml:space="preserve">    ___/___/___</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A0DE831" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0086183F" w:rsidRPr="0086183F" w14:paraId="09A31991" w14:textId="77777777" w:rsidTr="00575FE3">
         <w:trPr>
           <w:trHeight w:val="1103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4736" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
@@ -2720,371 +2559,307 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4736" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4520"/>
             </w:tblGrid>
             <w:tr w:rsidR="0086183F" w:rsidRPr="0086183F" w14:paraId="13F3A361" w14:textId="77777777" w:rsidTr="00575FE3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4878" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="63DBFC62" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
+                <w:p w14:paraId="63DBFC62" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="00F47EA5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="274"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0086183F">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>Approved by</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="096E1598" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
+                <w:p w14:paraId="096E1598" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="00F47EA5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="274"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="12"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
-                <w:p w14:paraId="5F3F2176" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
+                <w:p w14:paraId="5F3F2176" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="00F47EA5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="274"/>
                     <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="8"/>
                       <w:szCs w:val="8"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="0086183F" w:rsidRPr="0086183F" w14:paraId="29B5F5B1" w14:textId="77777777" w:rsidTr="00575FE3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4878" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="04CF8F37" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
+                <w:p w14:paraId="04CF8F37" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="00F47EA5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="274"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:cs="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0086183F">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>__________________________</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="0086183F" w:rsidRPr="0086183F" w14:paraId="2EDD7097" w14:textId="77777777" w:rsidTr="00575FE3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4878" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="449F506E" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
+                <w:p w14:paraId="449F506E" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="00F47EA5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="274"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0086183F">
                     <w:rPr>
                       <w:rFonts w:cs="Times New Roman"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">  (Assoc. Prof. Dr. </w:t>
-[...43 lines deleted...]
-                    <w:t>)</w:t>
+                    <w:t xml:space="preserve">  (Assoc. Prof. Dr. Chanintorn Jittawiriyanukoon)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="0086183F" w:rsidRPr="0086183F" w14:paraId="12606417" w14:textId="77777777" w:rsidTr="00575FE3">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4878" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w14:paraId="00352887" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
+                <w:p w14:paraId="00352887" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="00F47EA5">
                   <w:pPr>
                     <w:framePr w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:y="274"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0086183F">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t>___/__</w:t>
-[...19 lines deleted...]
-                    <w:t>__</w:t>
+                    <w:t>___/___/___</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="16EC7DCF" w14:textId="77777777" w:rsidR="0086183F" w:rsidRPr="0086183F" w:rsidRDefault="0086183F" w:rsidP="0086183F">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
             <w:r w:rsidRPr="0086183F">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fund Provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C71F0DE" w14:textId="77777777" w:rsidR="0086183F" w:rsidRDefault="0086183F"/>
     <w:sectPr w:rsidR="0086183F" w:rsidSect="003F5083">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="900" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="026380DE" w14:textId="77777777" w:rsidR="004C49CB" w:rsidRDefault="004C49CB" w:rsidP="003F5083">
+    <w:p w14:paraId="75635C1F" w14:textId="77777777" w:rsidR="003268E5" w:rsidRDefault="003268E5" w:rsidP="003F5083">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24FA60DE" w14:textId="77777777" w:rsidR="004C49CB" w:rsidRDefault="004C49CB" w:rsidP="003F5083">
+    <w:p w14:paraId="39DDA96D" w14:textId="77777777" w:rsidR="003268E5" w:rsidRDefault="003268E5" w:rsidP="003F5083">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Angsana New">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47F31B45" w14:textId="77777777" w:rsidR="004C49CB" w:rsidRDefault="004C49CB" w:rsidP="003F5083">
+    <w:p w14:paraId="5DEEC80B" w14:textId="77777777" w:rsidR="003268E5" w:rsidRDefault="003268E5" w:rsidP="003F5083">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0484F6B0" w14:textId="77777777" w:rsidR="004C49CB" w:rsidRDefault="004C49CB" w:rsidP="003F5083">
+    <w:p w14:paraId="59D55E3F" w14:textId="77777777" w:rsidR="003268E5" w:rsidRDefault="003268E5" w:rsidP="003F5083">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04140FAA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C10153A"/>
     <w:lvl w:ilvl="0" w:tplc="BF48A44C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3130,153 +2905,155 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="662124322">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="140"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003F5083"/>
     <w:rsid w:val="00142AC8"/>
     <w:rsid w:val="00181D43"/>
     <w:rsid w:val="001D6153"/>
     <w:rsid w:val="00207576"/>
     <w:rsid w:val="00245B5F"/>
     <w:rsid w:val="002B3B5B"/>
     <w:rsid w:val="002E3249"/>
     <w:rsid w:val="002F68E3"/>
     <w:rsid w:val="003106D4"/>
+    <w:rsid w:val="003268E5"/>
     <w:rsid w:val="003B1FC6"/>
     <w:rsid w:val="003F5083"/>
     <w:rsid w:val="00432D12"/>
     <w:rsid w:val="004C49CB"/>
     <w:rsid w:val="004D30A4"/>
     <w:rsid w:val="004E42A5"/>
     <w:rsid w:val="005568FC"/>
     <w:rsid w:val="005A334E"/>
     <w:rsid w:val="005C0833"/>
     <w:rsid w:val="006213C1"/>
     <w:rsid w:val="00766076"/>
     <w:rsid w:val="00771A67"/>
     <w:rsid w:val="007D634B"/>
     <w:rsid w:val="0086183F"/>
     <w:rsid w:val="009318CA"/>
     <w:rsid w:val="00A05E7E"/>
+    <w:rsid w:val="00B01C0C"/>
     <w:rsid w:val="00B651DD"/>
     <w:rsid w:val="00D96FC9"/>
     <w:rsid w:val="00DF4424"/>
+    <w:rsid w:val="00EC30DF"/>
+    <w:rsid w:val="00F47EA5"/>
     <w:rsid w:val="00F818AB"/>
     <w:rsid w:val="00FC3959"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="393DD170"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5FB12E7D-458A-4BCA-A025-0BBC89F60DCF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Cordia New"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="th-TH"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3604,55 +3381,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003F5083"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
@@ -3715,51 +3487,51 @@
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F5083"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003F5083"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Angsana New"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3992,69 +3764,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>371</Words>
-  <Characters>2117</Characters>
+  <Words>379</Words>
+  <Characters>2163</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2484</CharactersWithSpaces>
+  <CharactersWithSpaces>2537</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RIAU</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>